--- v0 (2025-12-28)
+++ v1 (2026-01-20)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{047915FF-E15C-406E-8CE9-5876426612F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B13D1620-4B29-4E82-8B0E-C885B9A5FE57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Full Unit" sheetId="1" r:id="rId1"/>
     <sheet name="Half Unit" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Full Unit'!$4:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Half Unit'!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1085,51 +1085,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="30">
   <si>
     <t>SL No</t>
   </si>
   <si>
     <t>Class Roll</t>
   </si>
   <si>
     <t>Tutorial/ Assignment (20)</t>
   </si>
   <si>
     <t>Attendance Marks</t>
   </si>
   <si>
     <t>Total Marks</t>
   </si>
   <si>
     <t>T1</t>
   </si>
   <si>
     <t>T2</t>
   </si>
   <si>
     <t>T3</t>
   </si>
   <si>
@@ -1213,123 +1213,115 @@
   <si>
     <t xml:space="preserve">Sum of Best </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>PHY</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 123</t>
     </r>
   </si>
   <si>
-    <r>
-[...21 lines deleted...]
-  <si>
     <t>T5</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Batch- </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>00</t>
     </r>
   </si>
   <si>
     <t>Out of (15)</t>
   </si>
   <si>
     <t>(5)</t>
   </si>
   <si>
     <t>Tutorial/ Assignment (10)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1st Year BSc (Hons)/ MSc</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Tutorial and Attendance Marks (10+5=15)</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Session: </t>
+  </si>
+  <si>
+    <t>2022-23</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>y</t>
+  </si>
+  <si>
+    <t>z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
@@ -1645,51 +1637,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1792,51 +1784,55 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
@@ -2068,52 +2064,52 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:T975"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I12" sqref="I12"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.140625" style="1" customWidth="1"/>
     <col min="3" max="7" width="6.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="9.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="1.85546875" style="1" customWidth="1"/>
     <col min="13" max="20" width="12.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="21" max="16384" width="12.7109375" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="32" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
       <c r="E1" s="33"/>
       <c r="F1" s="33"/>
@@ -2133,56 +2129,58 @@
       <c r="E2" s="34"/>
       <c r="F2" s="34"/>
       <c r="G2" s="34"/>
       <c r="H2" s="34"/>
       <c r="I2" s="34"/>
       <c r="J2" s="34"/>
       <c r="K2" s="34"/>
     </row>
     <row r="3" spans="1:20" s="24" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="36" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="35" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="35"/>
       <c r="E3" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="37" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
-      <c r="I3" s="38" t="s">
-[...2 lines deleted...]
-      <c r="J3" s="38"/>
+      <c r="I3" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" s="38" t="s">
+        <v>26</v>
+      </c>
       <c r="K3" s="26" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:20" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A4" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="29" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="30"/>
       <c r="G4" s="31"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="11" t="str">
         <f>"Average of Best "&amp;$H$5</f>
         <v>Average of Best 3</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>3</v>
@@ -2194,148 +2192,154 @@
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
       <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5"/>
       <c r="T4" s="5"/>
     </row>
     <row r="5" spans="1:20" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A5" s="28"/>
       <c r="B5" s="28"/>
       <c r="C5" s="19" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="19" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="18" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="18" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H5" s="20">
         <v>3</v>
       </c>
       <c r="I5" s="21" t="s">
         <v>9</v>
       </c>
       <c r="J5" s="22" t="s">
         <v>10</v>
       </c>
       <c r="K5" s="23" t="s">
         <v>11</v>
       </c>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5"/>
       <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
     </row>
     <row r="6" spans="1:20" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="13" t="str">
+      <c r="A6" s="13">
         <f>IF(AND(B6&lt;&gt;"",B6&lt;&gt;0),COUNTIFS($B$6:B6,"&lt;&gt;0",$B$6:B6,"&lt;&gt;"),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="B6" s="16"/>
+        <v>1</v>
+      </c>
+      <c r="B6" s="16" t="s">
+        <v>27</v>
+      </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="12" cm="1">
         <f t="array" aca="1" ref="H6" ca="1">IF(COUNTA(C6:G6)&gt;=H$5, SUM(LARGE(C6:G6,ROW(INDIRECT("1:"&amp;H$5)))), SUM(C6:G6))</f>
         <v>0</v>
       </c>
       <c r="I6" s="12">
         <f t="shared" ref="I6:I69" ca="1" si="0">IFERROR(H6/$H$5,0)</f>
         <v>0</v>
       </c>
       <c r="J6" s="15"/>
       <c r="K6" s="14">
         <f t="shared" ref="K6:K107" ca="1" si="1">SUM(I6:J6)</f>
         <v>0</v>
       </c>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
     </row>
     <row r="7" spans="1:20" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="13" t="str">
+      <c r="A7" s="13">
         <f>IF(AND(B7&lt;&gt;"",B7&lt;&gt;0),COUNTIFS($B$6:B7,"&lt;&gt;0",$B$6:B7,"&lt;&gt;"),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="B7" s="16"/>
+        <v>2</v>
+      </c>
+      <c r="B7" s="16" t="s">
+        <v>28</v>
+      </c>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="12" cm="1">
         <f t="array" aca="1" ref="H7" ca="1">IF(COUNTA(C7:G7)&gt;=H$5, SUM(LARGE(C7:G7,ROW(INDIRECT("1:"&amp;H$5)))), SUM(C7:G7))</f>
         <v>0</v>
       </c>
       <c r="I7" s="12">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J7" s="9"/>
       <c r="K7" s="14">
         <f t="shared" ca="1" si="1"/>
         <v>0</v>
       </c>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8"/>
       <c r="P7" s="8"/>
       <c r="Q7" s="8"/>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="8"/>
     </row>
     <row r="8" spans="1:20" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="13" t="str">
+      <c r="A8" s="13">
         <f>IF(AND(B8&lt;&gt;"",B8&lt;&gt;0),COUNTIFS($B$6:B8,"&lt;&gt;0",$B$6:B8,"&lt;&gt;"),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="B8" s="16"/>
+        <v>3</v>
+      </c>
+      <c r="B8" s="16" t="s">
+        <v>29</v>
+      </c>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="12" cm="1">
         <f t="array" aca="1" ref="H8" ca="1">IF(COUNTA(C8:G8)&gt;=H$5, SUM(LARGE(C8:G8,ROW(INDIRECT("1:"&amp;H$5)))), SUM(C8:G8))</f>
         <v>0</v>
       </c>
       <c r="I8" s="12">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J8" s="9"/>
       <c r="K8" s="14">
         <f t="shared" ca="1" si="1"/>
         <v>0</v>
       </c>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
@@ -24783,320 +24787,324 @@
       <c r="T974" s="8"/>
     </row>
     <row r="975" spans="1:20" ht="15" hidden="1" x14ac:dyDescent="0.2">
       <c r="A975" s="8"/>
       <c r="B975" s="8"/>
       <c r="C975" s="8"/>
       <c r="D975" s="8"/>
       <c r="E975" s="8"/>
       <c r="F975" s="8"/>
       <c r="G975" s="8"/>
       <c r="H975" s="10"/>
       <c r="I975" s="10"/>
       <c r="J975" s="8"/>
       <c r="K975" s="10"/>
       <c r="L975" s="8"/>
       <c r="M975" s="8"/>
       <c r="N975" s="8"/>
       <c r="O975" s="8"/>
       <c r="P975" s="8"/>
       <c r="Q975" s="8"/>
       <c r="R975" s="8"/>
       <c r="S975" s="8"/>
       <c r="T975" s="8"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="bA/ch+z0UAvJUyQKyvW6g9m2B2jpZzcV6d0s8K58zdjE8p3OzMkYNaY7TDCxpWrkgWAQ4yzRQKBu9Tsgt9ANFQ==" saltValue="kSVgHEVuHhzkgq3QKImc8A==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" deleteRows="0"/>
-  <mergeCells count="9">
+  <sheetProtection algorithmName="SHA-512" hashValue="sII652b0DtBxhSmViC6B0uDOGhSkG9YMePPeSZam/eq11kwiyI5w84HAZ/m2lDHPk1hBXM13ZvoEQ3C6gVEBYw==" saltValue="UPnwTdVdezEyg1ozRljUsQ==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" deleteRows="0"/>
+  <mergeCells count="8">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:G4"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="F3:H3"/>
-    <mergeCell ref="I3:J3"/>
   </mergeCells>
   <conditionalFormatting sqref="J6:J107">
     <cfRule type="cellIs" dxfId="3" priority="2" operator="greaterThan">
       <formula>10</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C6:G107">
     <cfRule type="cellIs" dxfId="2" priority="1" operator="greaterThan">
       <formula>20</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="H5" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"1,2,3,4,5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.55000000000000004"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="H6" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9121652C-00CD-44DB-8045-901892C387CB}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:T975"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I10" sqref="I10"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" style="1" customWidth="1"/>
-    <col min="2" max="2" width="8.42578125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="9" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="8.5703125" style="1" customWidth="1"/>
+    <col min="3" max="6" width="6.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="6.7109375" style="1" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="13" style="1" customWidth="1"/>
+    <col min="9" max="9" width="9.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="11.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="1.85546875" style="1" customWidth="1"/>
     <col min="13" max="20" width="12.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="21" max="16384" width="12.7109375" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="42" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="32" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="33"/>
       <c r="C1" s="33"/>
       <c r="D1" s="33"/>
       <c r="E1" s="33"/>
       <c r="F1" s="33"/>
       <c r="G1" s="33"/>
       <c r="H1" s="33"/>
       <c r="I1" s="33"/>
       <c r="J1" s="33"/>
       <c r="K1" s="33"/>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A2" s="34" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B2" s="34"/>
       <c r="C2" s="34"/>
       <c r="D2" s="34"/>
       <c r="E2" s="34"/>
       <c r="F2" s="34"/>
       <c r="G2" s="34"/>
       <c r="H2" s="34"/>
       <c r="I2" s="34"/>
       <c r="J2" s="34"/>
       <c r="K2" s="34"/>
     </row>
     <row r="3" spans="1:20" s="24" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="36" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="35" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="35"/>
       <c r="E3" s="25" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="37" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
-      <c r="I3" s="38" t="s">
-[...2 lines deleted...]
-      <c r="J3" s="38"/>
+      <c r="I3" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" s="38" t="s">
+        <v>26</v>
+      </c>
       <c r="K3" s="26" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:20" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A4" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D4" s="30"/>
       <c r="E4" s="30"/>
       <c r="F4" s="30"/>
       <c r="G4" s="31"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="11" t="str">
         <f>"Average of Best "&amp;$H$5</f>
         <v>Average of Best 3</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
       <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5"/>
       <c r="T4" s="5"/>
     </row>
     <row r="5" spans="1:20" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A5" s="28"/>
       <c r="B5" s="28"/>
       <c r="C5" s="19" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="19" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="18" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="18" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H5" s="20">
         <v>3</v>
       </c>
       <c r="I5" s="21" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="22" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K5" s="23" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5"/>
       <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
     </row>
     <row r="6" spans="1:20" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13">
         <f>IF(AND(B6&lt;&gt;"",B6&lt;&gt;0),COUNTIFS($B$6:B6,"&lt;&gt;0",$B$6:B6,"&lt;&gt;"),"")</f>
         <v>1</v>
       </c>
-      <c r="B6" s="16">
-        <v>152</v>
+      <c r="B6" s="16" t="s">
+        <v>27</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="12" cm="1">
         <f t="array" aca="1" ref="H6" ca="1">IF(COUNTA(C6:G6)&gt;=H$5, SUM(LARGE(C6:G6,ROW(INDIRECT("1:"&amp;H$5)))), SUM(C6:G6))</f>
         <v>0</v>
       </c>
       <c r="I6" s="12">
         <f t="shared" ref="I6:I69" ca="1" si="0">IFERROR(H6/$H$5,0)</f>
         <v>0</v>
       </c>
       <c r="J6" s="15"/>
       <c r="K6" s="14">
         <f t="shared" ref="K6:K107" ca="1" si="1">SUM(I6:J6)</f>
         <v>0</v>
       </c>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
     </row>
     <row r="7" spans="1:20" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="13">
         <f>IF(AND(B7&lt;&gt;"",B7&lt;&gt;0),COUNTIFS($B$6:B7,"&lt;&gt;0",$B$6:B7,"&lt;&gt;"),"")</f>
         <v>2</v>
       </c>
-      <c r="B7" s="16">
-        <v>153</v>
+      <c r="B7" s="16" t="s">
+        <v>28</v>
       </c>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="12" cm="1">
         <f t="array" aca="1" ref="H7" ca="1">IF(COUNTA(C7:G7)&gt;=H$5, SUM(LARGE(C7:G7,ROW(INDIRECT("1:"&amp;H$5)))), SUM(C7:G7))</f>
         <v>0</v>
       </c>
       <c r="I7" s="12">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J7" s="15"/>
       <c r="K7" s="14">
         <f t="shared" ca="1" si="1"/>
         <v>0</v>
       </c>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8"/>
       <c r="P7" s="8"/>
       <c r="Q7" s="8"/>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="8"/>
     </row>
     <row r="8" spans="1:20" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="13" t="str">
+      <c r="A8" s="13">
         <f>IF(AND(B8&lt;&gt;"",B8&lt;&gt;0),COUNTIFS($B$6:B8,"&lt;&gt;0",$B$6:B8,"&lt;&gt;"),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="B8" s="16"/>
+        <v>3</v>
+      </c>
+      <c r="B8" s="16" t="s">
+        <v>29</v>
+      </c>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="12" cm="1">
         <f t="array" aca="1" ref="H8" ca="1">IF(COUNTA(C8:G8)&gt;=H$5, SUM(LARGE(C8:G8,ROW(INDIRECT("1:"&amp;H$5)))), SUM(C8:G8))</f>
         <v>0</v>
       </c>
       <c r="I8" s="12">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J8" s="15"/>
       <c r="K8" s="14">
         <f t="shared" ca="1" si="1"/>
         <v>0</v>
       </c>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
@@ -47544,61 +47552,60 @@
       <c r="T974" s="8"/>
     </row>
     <row r="975" spans="1:20" ht="15" hidden="1" x14ac:dyDescent="0.2">
       <c r="A975" s="8"/>
       <c r="B975" s="8"/>
       <c r="C975" s="8"/>
       <c r="D975" s="8"/>
       <c r="E975" s="8"/>
       <c r="F975" s="8"/>
       <c r="G975" s="8"/>
       <c r="H975" s="10"/>
       <c r="I975" s="10"/>
       <c r="J975" s="8"/>
       <c r="K975" s="10"/>
       <c r="L975" s="8"/>
       <c r="M975" s="8"/>
       <c r="N975" s="8"/>
       <c r="O975" s="8"/>
       <c r="P975" s="8"/>
       <c r="Q975" s="8"/>
       <c r="R975" s="8"/>
       <c r="S975" s="8"/>
       <c r="T975" s="8"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="SqAlhme5kr46lMGD7s9V49KOIdUou/hJfrk63mEif/WS6JW1w5riuKuEgb5D/wEWHRQInm2T8+0Wi4Oj758Ppg==" saltValue="4os8whSTk352/Av6D/70Gw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" deleteRows="0"/>
-  <mergeCells count="9">
+  <sheetProtection algorithmName="SHA-512" hashValue="mxjcG0Q4QgWQBG8sVRfkfXI3WkGJRTcrfepyhISco8yMeC24qggYBxyvZBjl8/EKig9nZugYuLDxVFva3Zglbg==" saltValue="JXmmzwwOR6lldBfPJXRqOg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" deleteRows="0"/>
+  <mergeCells count="8">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:G4"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="F3:H3"/>
-    <mergeCell ref="I3:J3"/>
   </mergeCells>
   <conditionalFormatting sqref="J6:J107">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="greaterThan">
       <formula>5</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C6:G107">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="greaterThan">
       <formula>10</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="H5" xr:uid="{52CCF62C-50A3-4850-9E25-61062C00C40E}">
       <formula1>"1,2,3,4,5"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.55000000000000004"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>